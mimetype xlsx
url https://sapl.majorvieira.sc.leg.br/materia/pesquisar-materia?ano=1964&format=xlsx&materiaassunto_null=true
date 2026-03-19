--- v0 (2026-02-02)
+++ v1 (2026-03-19)
@@ -54,630 +54,630 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ARQUIVO - ARQUIVO</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4010/ccf_000091.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4010/ccf_000091.pdf</t>
   </si>
   <si>
     <t>ELEVA LIMITE DA TAXA DE RECEITA DE CEMITÉRIOS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4034/ccf_000116.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4034/ccf_000116.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO PARA PAGAMENTO DO IMPOSTO DE LICENÇA SÔBRE VEÍCULOS.</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4033/ccf_000115.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4033/ccf_000115.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4030/ccf_000112.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4030/ccf_000112.pdf</t>
   </si>
   <si>
     <t>CONCEDE UM AUMENTO PROVISÓRIO DE VENCIMENTOS AOS PROFESSORES MUNICIPAIS EM ATIVIDADE.</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4032/ccf_000114.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4032/ccf_000114.pdf</t>
   </si>
   <si>
     <t>ADOTA A LEI N°40, DE 25-05-1949 DA PREFEITURA MUNICIPAL DE CANOINHAS, QUE APROVOU O CODIGO DE POSTURAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4031/ccf_000113.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4031/ccf_000113.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO PARA PAGAMENTO DO IMPOSTO DE INDUSTRIAS PROFISSÕES E LICENÇAS.</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4029/ccf_000111.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4029/ccf_000111.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONSTRUIR UMA PONTE DE MADEIRA NA LOCALIDADE DE COCHOS.</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4028/ccf_000110.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4028/ccf_000110.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VENCIMENTOS DOS FUNCIONÁRIOS DO QUADRO UNICO DO MUNICIPIOS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4027/ccf_000109.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4027/ccf_000109.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONSTRUÇÃO DA METADE DE UMA PONTE DE MADEIRA, EM SOCIEDADE COM A PREFEITURA MUNICIPAL DE MONTE CASTELO.</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4026/ccf_000108.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4026/ccf_000108.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUXILIO MENSAL</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4023/ccf_000105.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4023/ccf_000105.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI N°15, DE 13-03-1962. (QUE INSTITUIU UMA PENSÃO MENSAL EM FAVOR A Davina Novaes de Souza.)</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4021/ccf_000103.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4021/ccf_000103.pdf</t>
   </si>
   <si>
     <t>REGULA E INSTITUI A COBRANÇA DA RECEITA IMOBILIÁRIA E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4020/ccf_000101.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4020/ccf_000101.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA A ASSOCIAÇÃO HOSPITALAR BENEFICENTE SANTO ESTANISLAU DE MAJOR VIEIRA</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4018/ccf_000099.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4018/ccf_000099.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 88, DE 26/05/1964</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4017/ccf_000098.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4017/ccf_000098.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A VENDER ATRAVÉS DE CONCORRENCIA PÚBLICA VEICUO DO PATRIMONIO MUNICIPAL.</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4016/ccf_000097.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4016/ccf_000097.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CREDITO ESPECIAL E DÁ OUTRAS PROVIDENCIAS (432,882,00 para pgtº restante reforma Motoniveladora)</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4015/ccf_000096.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4015/ccf_000096.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI Nº30, DE 28/05/1962.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4013/ccf_000094.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4013/ccf_000094.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A CONTRAIR EMPRESTIMO DE SEIS MILHÕES DE CRUZEIROS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4012/ccf_000093.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4012/ccf_000093.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A VENDER ATRAVES DE CONCORRENCIA PUBLICA BENS DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4011/ccf_000092.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4011/ccf_000092.pdf</t>
   </si>
   <si>
     <t>CRIA NOVOS CARGOS NO QUADRO UNICO DO MUNICIPIO.</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4014/ccf_000095.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4014/ccf_000095.pdf</t>
   </si>
   <si>
     <t>ELEVA OS VALORES DOS PADRÕES DE VENCIMENTOS DOS PROFESSORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4019/ccf_000100.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4019/ccf_000100.pdf</t>
   </si>
   <si>
     <t>RATIFICA O CONVENIO DE ESTATISTICA MUNICIPAL E LHE DÁ EXECUÇÃO.</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4024/ccf_000106.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4024/ccf_000106.pdf</t>
   </si>
   <si>
     <t>DÁ MODIFICAÇÃO A LEI N°63, DE 09-09-193, QUE AUTORIZOU O EXECUTIVO MUNICIPAL A ADQUIRIR UMA MOTONIVELADORA.</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4025/ccf_000107.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4025/ccf_000107.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO PARA PAGAMENTO DO IMPOSTO TERRITORIAL RURAL, TERRITORIAL URBANO E SUB-BURBANO E PREDIAL.</t>
   </si>
   <si>
     <t>5791</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5791/ccf_001425.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5791/ccf_001425.pdf</t>
   </si>
   <si>
     <t>Altera a tabela nº 3 da Lei nº 26, de 14/5/62.</t>
   </si>
   <si>
     <t>5792</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5792/ccf_001426.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5792/ccf_001426.pdf</t>
   </si>
   <si>
     <t>Autoriza a construção de uma ponte da madeira na Localidade de Rio Claro.</t>
   </si>
   <si>
     <t>5793</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5793/ccf_001427.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5793/ccf_001427.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>REPDE</t>
   </si>
   <si>
     <t>REPRESENTAÇÃO/DENUNCIA</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4022/ccf_000104.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4022/ccf_000104.pdf</t>
   </si>
   <si>
     <t>AUTORIA A CONSTRUÇÃO DE UMA PONTE DE MADEIRA NA LOCALIDADE DE RIO CLARO, SOBRE O RIO DAS TRAÍRAS.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>RESOLUÇÃO PROMULGADA</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1595/1595_texto_integral.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1595/1595_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA REFERENTE AO MÊS DE OUTUBRO DE 1963.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1594/1594_texto_integral.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1594/1594_texto_integral.pdf</t>
   </si>
   <si>
     <t>ELEVA AJUDA DE CUSTO AOS VEREADORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1593/1593_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1593/1593_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA REFERENTE AO MÊS DE NOVEMBRO DE 1963.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1592/1592_texto_integral.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1592/1592_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA AO SERVIDOR ODILON DAVET, PARA TRATAR DE ASSUNTOS PARTICULARES.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1591/1591_texto_integral.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1591/1591_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA REFERENTE AO MÊS DE DEZEMBRO DE 1963.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1590/1590_texto_integral.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1590/1590_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA AO SR. ANTONIO MARON BACIL PREFEITO MUNICIPAL, PARA TRATAR DE ASSUNTOS PARTICULARES.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1589/1589_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1589/1589_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APROVA O RELATÓRIO DO EXERCÍCIO DO ANO DE 1963.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1588/1588_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1588/1588_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA REFERENTE AO MÊS DE JANEIRO DE 1964.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1587/1587_texto_integral.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1587/1587_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA REFERENTE AO MÊS DE FEVEREIRO DE 1964.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1586/1586_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1586/1586_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1585/1585_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1585/1585_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA REFERENTE AO MÊS DE MARÇO DE 1964.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1584/1584_texto_integral.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1584/1584_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA A REFORMULAÇÃO DA PROPOSTA APROVADA EM 03/12/63, DA EMPRESA EXIMBRAS EXPORTAÇÃO E IMPORTAÇÃO DO BRASIL LTDA. PARA AQUISIÇÃO DE UMA MOTONIVELADORA.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1583/1583_texto_integral.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1583/1583_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA AO SERVIDOR GILBERTO GROCHOVSKI, PARA TRATAR DE ASSUNTOS PARTICULARES.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1582/1582_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1582/1582_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA AO SR. ANTONIO MARON BECIL PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1581/1581_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1581/1581_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA AO SERVIDOR EURICO TREMEL, PARA TRATAR DE ASSUNTOS PARTICULARES.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1580/1580_texto_integral.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1580/1580_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA REFERENTE AO MÊS DE ABRIL DO ANO DE 1964.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1579/1579_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1579/1579_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA REFERENTE AO MÊS DE MAIO DO ANO DE 1964.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1578/1578_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1578/1578_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1577/1577_texto_integral.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1577/1577_texto_integral.pdf</t>
   </si>
   <si>
     <t>ELEVA O SUBSÍDIO E REPRESENTAÇÃO DO SR. ANTONIO MARON BACIL PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1576/1576_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1576/1576_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA DO MÊS DE JUNHO DE 1964.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1575/1575_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1575/1575_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA DO MÊS DE JULHO DE 1964.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1574/1574_texto_integral.pdf</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1574/1574_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA DO MÊS DE AGOSTO.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1573/1573_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1573/1573_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA DO MÊS DE SETEMBRO DE 1964.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1572/1572_texto_integral.jpeg</t>
+    <t>http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1572/1572_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APROVA BALANCETE DA RECEITA E DESPESA ORÇAMENTÁRIA DO MÊS DE OUTUBRO DE 1964.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -984,67 +984,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4010/ccf_000091.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4034/ccf_000116.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4033/ccf_000115.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4030/ccf_000112.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4032/ccf_000114.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4031/ccf_000113.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4029/ccf_000111.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4028/ccf_000110.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4027/ccf_000109.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4026/ccf_000108.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4023/ccf_000105.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4021/ccf_000103.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4020/ccf_000101.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4018/ccf_000099.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4017/ccf_000098.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4016/ccf_000097.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4015/ccf_000096.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4013/ccf_000094.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4012/ccf_000093.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4011/ccf_000092.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4014/ccf_000095.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4019/ccf_000100.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4024/ccf_000106.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4025/ccf_000107.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5791/ccf_001425.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5792/ccf_001426.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5793/ccf_001427.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4022/ccf_000104.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1593/1593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1590/1590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1589/1589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1588/1588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1586/1586_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1585/1585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1582/1582_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1581/1581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1579/1579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1578/1578_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1576/1576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1575/1575_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1573/1573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1572/1572_texto_integral.jpeg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4010/ccf_000091.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4034/ccf_000116.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4033/ccf_000115.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4030/ccf_000112.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4032/ccf_000114.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4031/ccf_000113.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4029/ccf_000111.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4028/ccf_000110.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4027/ccf_000109.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4026/ccf_000108.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4023/ccf_000105.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4021/ccf_000103.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4020/ccf_000101.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4018/ccf_000099.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4017/ccf_000098.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4016/ccf_000097.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4015/ccf_000096.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4013/ccf_000094.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4012/ccf_000093.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4011/ccf_000092.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4014/ccf_000095.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4019/ccf_000100.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4024/ccf_000106.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4025/ccf_000107.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5791/ccf_001425.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5792/ccf_001426.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/5793/ccf_001427.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/sapl/public/materialegislativa/1964/4022/ccf_000104.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1593/1593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1590/1590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1589/1589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1588/1588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1586/1586_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1585/1585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1582/1582_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1581/1581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1579/1579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1578/1578_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1576/1576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1575/1575_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1573/1573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.majorvieira.sc.leg.br/media/./sapl/public/materialegislativa/1964/1572/1572_texto_integral.jpeg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="164.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>